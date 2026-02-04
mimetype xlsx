--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -5,136 +5,133 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cduser\Documents\INDICADORES PÁGINA WEB\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{8E707935-CE3A-4494-99A0-76DF2DB3D4B3}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7623AA40-CE10-4BE9-9E3D-D68AB354F92A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8FD9EB4D-DAA5-48C9-BB98-24BA3EC28412}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="19" uniqueCount="19">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
   <si>
     <t>Atenciones a solicitudes a tráves de correo electrónico</t>
   </si>
   <si>
     <t>Atenciones de Llamadas Telefónicas</t>
   </si>
   <si>
     <t>Atención Presencial brindada a Personas Servidoras Públicas y Usuarias</t>
   </si>
   <si>
     <t>Avisos a Visitaduría y Contraloría para entrega - recepción</t>
   </si>
   <si>
-    <t>Cambios de Titulares de Área y Juzgados</t>
-[...1 lines deleted...]
-  <si>
     <t>Constancias Emitidas</t>
   </si>
   <si>
-    <t>Descripciones de Puesto Aplicadas</t>
-[...1 lines deleted...]
-  <si>
     <t>Gestiones Administrativas para Actualización Plataforma Estatal Anticorrupción</t>
   </si>
   <si>
     <t>Gestiones Administrativas para Actualización del SEMOD</t>
   </si>
   <si>
     <t>Gestiones Administrativas para el Movimiento de Personal</t>
   </si>
   <si>
     <t>Gestiones Administrativas para Ingreso de Personas Meritorias, Prestadoras de Sevicio y Practicantes</t>
   </si>
   <si>
     <t>Gestiones Administrativas para la Generación de la Nómina</t>
   </si>
   <si>
     <t>Nombramientos</t>
   </si>
   <si>
     <t>Solicitudes de Servicios Internos al Personal en Nuevo Sistema Electrónico</t>
   </si>
   <si>
     <t>Poder Judicial del Estado de Querétaro</t>
   </si>
   <si>
     <t>Mes reportado:</t>
   </si>
   <si>
     <t>Datos estadísticos de la Dirección de Recursos Humanos</t>
   </si>
   <si>
-    <t xml:space="preserve">Nuevas Personas Jubiladas </t>
-[...2 lines deleted...]
-    <t>Noviembre</t>
+    <t>Diciembre</t>
+  </si>
+  <si>
+    <t>Manifiestos Generados</t>
+  </si>
+  <si>
+    <t>Nuevas Personas Jubiladas y Pensionadas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Raleway"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
@@ -208,78 +205,90 @@
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF272282"/>
       </left>
       <right style="thin">
         <color rgb="FF272282"/>
       </right>
       <top style="thin">
         <color rgb="FF272282"/>
       </top>
       <bottom style="thin">
         <color rgb="FF272282"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="10">
+  <cellXfs count="14">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="top" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
@@ -559,214 +568,206 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B4DB6390-4E51-4AC8-958E-CA4970F3AFC4}">
-  <dimension ref="A1:D21"/>
+  <dimension ref="A1:D20"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A3" workbookViewId="0">
-      <selection activeCell="B22" sqref="B22"/>
+    <sheetView tabSelected="1" topLeftCell="A4" workbookViewId="0">
+      <selection activeCell="D17" sqref="D17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="70" customWidth="1"/>
     <col min="2" max="2" width="13.140625" style="6" customWidth="1"/>
     <col min="4" max="4" width="15.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="9" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="B1" s="9"/>
     </row>
     <row r="2" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="9" t="s">
-        <v>16</v>
+        <v>14</v>
       </c>
       <c r="B2" s="9"/>
     </row>
     <row r="3" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="9">
         <v>2025</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
+        <v>13</v>
+      </c>
+      <c r="B5" s="5" t="s">
         <v>15</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="8">
-        <v>940</v>
+        <v>700</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="7">
-        <v>566</v>
+        <v>398</v>
       </c>
     </row>
     <row r="9" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="4" t="s">
+      <c r="A9" s="11" t="s">
         <v>1</v>
       </c>
-      <c r="B9" s="8">
-        <v>2196</v>
+      <c r="B9" s="13">
+        <v>1414</v>
       </c>
     </row>
     <row r="10" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="3" t="s">
+      <c r="A10" s="10" t="s">
         <v>3</v>
       </c>
-      <c r="B10" s="7">
+      <c r="B10" s="12">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="11" t="s">
+        <v>4</v>
+      </c>
+      <c r="B11" s="13">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="10" t="s">
+        <v>6</v>
+      </c>
+      <c r="B12" s="12">
+        <v>95</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="11" t="s">
+        <v>5</v>
+      </c>
+      <c r="B13" s="13">
+        <v>26</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="10" t="s">
+        <v>7</v>
+      </c>
+      <c r="B14" s="12">
+        <v>134</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A15" s="11" t="s">
         <v>8</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="4" t="s">
+      <c r="B15" s="13">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="10" t="s">
+        <v>9</v>
+      </c>
+      <c r="B16" s="12">
+        <v>4893</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A17" s="11" t="s">
+        <v>16</v>
+      </c>
+      <c r="B17" s="13">
+        <v>5</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="10" t="s">
+        <v>10</v>
+      </c>
+      <c r="B18" s="12">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="11" t="s">
+        <v>17</v>
+      </c>
+      <c r="B19" s="13">
         <v>4</v>
       </c>
-      <c r="B11" s="8">
-[...52 lines deleted...]
-      <c r="A18" s="3" t="s">
+    </row>
+    <row r="20" spans="1:2" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="10" t="s">
         <v>11</v>
       </c>
-      <c r="B18" s="7">
-[...24 lines deleted...]
-        <v>1957</v>
+      <c r="B20" s="12">
+        <v>1862</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A7:B21">
-    <sortCondition ref="A7:A21"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A7:B20">
+    <sortCondition ref="A7:A20"/>
   </sortState>
   <mergeCells count="3">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>