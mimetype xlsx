--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -1,137 +1,140 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cduser\Documents\INDICADORES PÁGINA WEB\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\cecy_\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7623AA40-CE10-4BE9-9E3D-D68AB354F92A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{7918B4D3-A4A5-4BBC-8854-274AD089D833}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{8FD9EB4D-DAA5-48C9-BB98-24BA3EC28412}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
-    <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
-[...1 lines deleted...]
-    </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="18" uniqueCount="18">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="20" uniqueCount="20">
   <si>
     <t>Atenciones a solicitudes a tráves de correo electrónico</t>
   </si>
   <si>
     <t>Atenciones de Llamadas Telefónicas</t>
   </si>
   <si>
     <t>Atención Presencial brindada a Personas Servidoras Públicas y Usuarias</t>
   </si>
   <si>
     <t>Avisos a Visitaduría y Contraloría para entrega - recepción</t>
   </si>
   <si>
     <t>Constancias Emitidas</t>
   </si>
   <si>
     <t>Gestiones Administrativas para Actualización Plataforma Estatal Anticorrupción</t>
   </si>
   <si>
     <t>Gestiones Administrativas para Actualización del SEMOD</t>
   </si>
   <si>
     <t>Gestiones Administrativas para el Movimiento de Personal</t>
   </si>
   <si>
     <t>Gestiones Administrativas para Ingreso de Personas Meritorias, Prestadoras de Sevicio y Practicantes</t>
   </si>
   <si>
     <t>Gestiones Administrativas para la Generación de la Nómina</t>
   </si>
   <si>
     <t>Nombramientos</t>
   </si>
   <si>
     <t>Solicitudes de Servicios Internos al Personal en Nuevo Sistema Electrónico</t>
   </si>
   <si>
     <t>Poder Judicial del Estado de Querétaro</t>
   </si>
   <si>
     <t>Mes reportado:</t>
   </si>
   <si>
     <t>Datos estadísticos de la Dirección de Recursos Humanos</t>
   </si>
   <si>
-    <t>Diciembre</t>
-[...1 lines deleted...]
-  <si>
     <t>Manifiestos Generados</t>
   </si>
   <si>
-    <t>Nuevas Personas Jubiladas y Pensionadas</t>
+    <t>Cambios de Titulares de Área y Juzgados</t>
+  </si>
+  <si>
+    <t>Descripciones de puesto aplicadas</t>
+  </si>
+  <si>
+    <t>Febrero</t>
+  </si>
+  <si>
+    <t>Nuevas Personas Pensionadas y Jubiladas</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Raleway"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
@@ -205,90 +208,78 @@
       </left>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FF272282"/>
       </left>
       <right style="thin">
         <color rgb="FF272282"/>
       </right>
       <top style="thin">
         <color rgb="FF272282"/>
       </top>
       <bottom style="thin">
         <color rgb="FF272282"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="14">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="4" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="4" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
@@ -568,206 +559,222 @@
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B4DB6390-4E51-4AC8-958E-CA4970F3AFC4}">
-  <dimension ref="A1:D20"/>
+  <dimension ref="A1:D22"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A4" workbookViewId="0">
-      <selection activeCell="D17" sqref="D17"/>
+    <sheetView showGridLines="0" tabSelected="1" zoomScale="90" zoomScaleNormal="90" workbookViewId="0">
+      <selection activeCell="A22" sqref="A22:XFD22"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="70" customWidth="1"/>
     <col min="2" max="2" width="13.140625" style="6" customWidth="1"/>
     <col min="4" max="4" width="15.28515625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A1" s="9" t="s">
         <v>12</v>
       </c>
       <c r="B1" s="9"/>
     </row>
     <row r="2" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="9" t="s">
         <v>14</v>
       </c>
       <c r="B2" s="9"/>
     </row>
     <row r="3" spans="1:4" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A3" s="9">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B3" s="9"/>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" s="1" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="5" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B7" s="8">
-        <v>700</v>
+        <v>811</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
     </row>
     <row r="8" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A8" s="3" t="s">
         <v>0</v>
       </c>
       <c r="B8" s="7">
-        <v>398</v>
+        <v>1074</v>
       </c>
     </row>
     <row r="9" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="11" t="s">
+      <c r="A9" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B9" s="13">
-        <v>1414</v>
+      <c r="B9" s="8">
+        <v>1854</v>
       </c>
     </row>
     <row r="10" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A10" s="10" t="s">
+      <c r="A10" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="B10" s="12">
+      <c r="B10" s="7">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A11" s="4" t="s">
+        <v>16</v>
+      </c>
+      <c r="B11" s="8">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A12" s="3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B12" s="7">
+        <v>29</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A13" s="4" t="s">
+        <v>17</v>
+      </c>
+      <c r="B13" s="8">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A14" s="3" t="s">
+        <v>6</v>
+      </c>
+      <c r="B14" s="7">
+        <v>90</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" s="2" customFormat="1" ht="36" x14ac:dyDescent="0.25">
+      <c r="A15" s="4" t="s">
         <v>5</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A11" s="11" t="s">
+      <c r="B15" s="8">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A16" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="B16" s="7">
+        <v>176</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" s="2" customFormat="1" ht="36" x14ac:dyDescent="0.25">
+      <c r="A17" s="4" t="s">
+        <v>8</v>
+      </c>
+      <c r="B17" s="8">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="18" spans="1:2" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A18" s="3" t="s">
+        <v>9</v>
+      </c>
+      <c r="B18" s="7">
+        <v>6075</v>
+      </c>
+    </row>
+    <row r="19" spans="1:2" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A19" s="4" t="s">
+        <v>15</v>
+      </c>
+      <c r="B19" s="8">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="20" spans="1:2" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A20" s="3" t="s">
+        <v>10</v>
+      </c>
+      <c r="B20" s="7">
         <v>4</v>
       </c>
-      <c r="B11" s="13">
+    </row>
+    <row r="21" spans="1:2" s="2" customFormat="1" ht="30" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A21" s="4" t="s">
+        <v>19</v>
+      </c>
+      <c r="B21" s="8">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="22" spans="1:2" s="2" customFormat="1" ht="36" x14ac:dyDescent="0.25">
+      <c r="A22" s="3" t="s">
         <v>11</v>
       </c>
-    </row>
-[...69 lines deleted...]
-        <v>1862</v>
+      <c r="B22" s="7">
+        <v>1741</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A7:B20">
-    <sortCondition ref="A7:A20"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A7:B22">
+    <sortCondition ref="A7:A22"/>
   </sortState>
   <mergeCells count="3">
     <mergeCell ref="A3:B3"/>
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>