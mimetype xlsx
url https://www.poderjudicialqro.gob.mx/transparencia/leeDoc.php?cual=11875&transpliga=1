--- v0 (2025-10-30)
+++ v1 (2026-01-28)
@@ -1,56 +1,56 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Septiembre\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Diciembre\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{84A5B57B-19D9-402A-AF5A-F24AF51ABB51}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6047BFB4-1A9D-4E3F-8DE6-2C13172C75A9}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
+    <workbookView xWindow="14400" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
   </bookViews>
   <sheets>
     <sheet name="Juzgado Cadereyta" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="12" uniqueCount="12">
   <si>
@@ -65,51 +65,51 @@
   <si>
     <t>Demandas recibidas</t>
   </si>
   <si>
     <t>Promociones recibidas</t>
   </si>
   <si>
     <t>Promociones acordadas</t>
   </si>
   <si>
     <t xml:space="preserve">Datos estadísticos del Juzgado Mixto de Primera Instancia </t>
   </si>
   <si>
     <t>Cadereyta de Montes</t>
   </si>
   <si>
     <t>Mixto de Cadereyta de Montes</t>
   </si>
   <si>
     <t>MIXTO</t>
   </si>
   <si>
     <t>Sentencias Dictadas (Interlocutorias + Definitivas)</t>
   </si>
   <si>
-    <t>Septiembre</t>
+    <t>Diciembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="5" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Raleway"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
@@ -710,51 +710,51 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3728CFC7-32AA-476D-9B56-716E2DBC4CAC}">
   <dimension ref="A1:E10"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="D7" sqref="D7"/>
+      <selection activeCell="B10" sqref="B10"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29" customWidth="1"/>
     <col min="2" max="5" width="18.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="15" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="15"/>
       <c r="C1" s="15"/>
       <c r="D1" s="15"/>
       <c r="E1" s="15"/>
     </row>
     <row r="2" spans="1:5" ht="18" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A2" s="16" t="s">
         <v>6</v>
       </c>
       <c r="B2" s="16"/>
       <c r="C2" s="16"/>
       <c r="D2" s="16"/>
       <c r="E2" s="16"/>
@@ -803,60 +803,60 @@
       <c r="D8" s="13"/>
       <c r="E8" s="14"/>
     </row>
     <row r="9" spans="1:5" ht="60" x14ac:dyDescent="0.25">
       <c r="A9" s="4" t="s">
         <v>2</v>
       </c>
       <c r="B9" s="5" t="s">
         <v>3</v>
       </c>
       <c r="C9" s="6" t="s">
         <v>4</v>
       </c>
       <c r="D9" s="6" t="s">
         <v>5</v>
       </c>
       <c r="E9" s="7" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="10" spans="1:5" ht="30.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="8" t="s">
         <v>8</v>
       </c>
       <c r="B10" s="9">
-        <v>68</v>
+        <v>49</v>
       </c>
       <c r="C10" s="10">
-        <v>1607</v>
+        <v>856</v>
       </c>
       <c r="D10" s="10">
-        <v>1552</v>
+        <v>968</v>
       </c>
       <c r="E10" s="11">
-        <v>45</v>
+        <v>20</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="6">
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="B6:D6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>