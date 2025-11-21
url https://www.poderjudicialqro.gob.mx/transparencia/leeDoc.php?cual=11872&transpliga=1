--- v0 (2025-10-06)
+++ v1 (2025-11-21)
@@ -8,80 +8,83 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27830"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Poder Judicial\Desktop\FORMATOS FER\Estadistica 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5130E71A-CD26-4507-8BE5-F00F036F8078}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{493A3367-F90F-42FC-9E6F-0CE2BAFB1061}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{60D7AEBD-287A-4E3E-A059-A6A5CAAC3023}"/>
   </bookViews>
   <sheets>
     <sheet name="2023" sheetId="4" r:id="rId1"/>
     <sheet name="2024" sheetId="1" r:id="rId2"/>
     <sheet name="2025" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L18" i="2" l="1"/>
+  <c r="L19" i="2" l="1"/>
+  <c r="H19" i="2"/>
+  <c r="E19" i="2"/>
+  <c r="L18" i="2"/>
   <c r="H18" i="2"/>
   <c r="E18" i="2"/>
   <c r="L17" i="2"/>
   <c r="H17" i="2"/>
   <c r="E17" i="2"/>
   <c r="L14" i="2"/>
   <c r="L15" i="2"/>
   <c r="L16" i="2"/>
   <c r="H14" i="2"/>
   <c r="E14" i="2"/>
   <c r="E15" i="2"/>
   <c r="E16" i="2"/>
   <c r="H12" i="2"/>
   <c r="H13" i="2"/>
   <c r="H15" i="2"/>
   <c r="H16" i="2"/>
   <c r="E13" i="2"/>
   <c r="L13" i="2"/>
   <c r="L12" i="2"/>
   <c r="L11" i="2"/>
   <c r="E12" i="2"/>
   <c r="E11" i="2"/>
   <c r="H11" i="2"/>
   <c r="K23" i="2"/>
   <c r="J23" i="2"/>
@@ -241,51 +244,51 @@
   <si>
     <t>Noviembre</t>
   </si>
   <si>
     <t>Diciembre</t>
   </si>
   <si>
     <t>Total de solicitudes</t>
   </si>
   <si>
     <t>Número de solicitudes recibidos en el mes</t>
   </si>
   <si>
     <t xml:space="preserve">Numero de solicitudes concluidas </t>
   </si>
   <si>
     <t>Número de solicitudes en trámite al cierre del mes</t>
   </si>
   <si>
     <t xml:space="preserve">Total </t>
   </si>
   <si>
     <t>Año reportado:</t>
   </si>
   <si>
-    <t>enero-agosto</t>
+    <t>enero-septiembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Raleway"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
@@ -2632,51 +2635,51 @@
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A25:L25"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="A7:L7"/>
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="I9:L9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DA543D6F-F8A4-438B-BE69-E69B5244C1AD}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L44"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" topLeftCell="A5" workbookViewId="0">
-      <selection activeCell="I31" sqref="I31"/>
+      <selection activeCell="B6" sqref="B6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.85546875" customWidth="1"/>
     <col min="2" max="12" width="14.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1" s="29" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="29"/>
       <c r="G1" s="29"/>
       <c r="H1" s="29"/>
       <c r="I1" s="29"/>
       <c r="J1" s="29"/>
       <c r="K1" s="29"/>
       <c r="L1" s="29"/>
     </row>
     <row r="2" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
@@ -3113,61 +3116,86 @@
       <c r="G18" s="13">
         <v>5</v>
       </c>
       <c r="H18" s="10">
         <f t="shared" si="0"/>
         <v>24</v>
       </c>
       <c r="I18" s="12">
         <v>10</v>
       </c>
       <c r="J18" s="13">
         <v>12</v>
       </c>
       <c r="K18" s="13">
         <v>2</v>
       </c>
       <c r="L18" s="14">
         <f t="shared" si="2"/>
         <v>24</v>
       </c>
     </row>
     <row r="19" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A19" s="7" t="s">
         <v>25</v>
       </c>
-      <c r="B19" s="8"/>
-[...9 lines deleted...]
-      <c r="L19" s="10"/>
+      <c r="B19" s="8">
+        <v>2</v>
+      </c>
+      <c r="C19" s="9">
+        <v>1</v>
+      </c>
+      <c r="D19" s="9">
+        <v>48</v>
+      </c>
+      <c r="E19" s="10">
+        <f t="shared" si="1"/>
+        <v>51</v>
+      </c>
+      <c r="F19" s="8">
+        <v>47</v>
+      </c>
+      <c r="G19" s="9">
+        <v>4</v>
+      </c>
+      <c r="H19" s="10">
+        <f t="shared" si="0"/>
+        <v>51</v>
+      </c>
+      <c r="I19" s="8">
+        <v>31</v>
+      </c>
+      <c r="J19" s="9">
+        <v>16</v>
+      </c>
+      <c r="K19" s="9">
+        <v>4</v>
+      </c>
+      <c r="L19" s="10">
+        <f t="shared" si="2"/>
+        <v>51</v>
+      </c>
     </row>
     <row r="20" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
         <v>26</v>
       </c>
       <c r="B20" s="12"/>
       <c r="C20" s="13"/>
       <c r="D20" s="13"/>
       <c r="E20" s="10"/>
       <c r="F20" s="12"/>
       <c r="G20" s="13"/>
       <c r="H20" s="10"/>
       <c r="I20" s="12"/>
       <c r="J20" s="13"/>
       <c r="K20" s="13"/>
       <c r="L20" s="14"/>
     </row>
     <row r="21" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A21" s="7" t="s">
         <v>27</v>
       </c>
       <c r="B21" s="8"/>
       <c r="C21" s="9"/>
       <c r="D21" s="9"/>
       <c r="E21" s="10"/>
@@ -3179,91 +3207,91 @@
       <c r="K21" s="9"/>
       <c r="L21" s="10"/>
     </row>
     <row r="22" spans="1:12" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="16"/>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
       <c r="E22" s="10"/>
       <c r="F22" s="16"/>
       <c r="G22" s="17"/>
       <c r="H22" s="18"/>
       <c r="I22" s="16"/>
       <c r="J22" s="17"/>
       <c r="K22" s="17"/>
       <c r="L22" s="18"/>
     </row>
     <row r="23" spans="1:12" ht="18" x14ac:dyDescent="0.35">
       <c r="A23" s="26" t="s">
         <v>33</v>
       </c>
       <c r="B23" s="27">
         <f>SUM(B11:B22)</f>
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C23" s="27">
         <f t="shared" ref="C23:L23" si="3">SUM(C11:C22)</f>
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D23" s="27">
         <f t="shared" si="3"/>
-        <v>167</v>
+        <v>215</v>
       </c>
       <c r="E23" s="27">
         <f>SUM(E11:E22)</f>
-        <v>205</v>
+        <v>256</v>
       </c>
       <c r="F23" s="27">
         <f t="shared" si="3"/>
-        <v>162</v>
+        <v>209</v>
       </c>
       <c r="G23" s="27">
         <f t="shared" si="3"/>
-        <v>43</v>
+        <v>47</v>
       </c>
       <c r="H23" s="27">
         <f t="shared" si="3"/>
-        <v>205</v>
+        <v>256</v>
       </c>
       <c r="I23" s="27">
         <f t="shared" si="3"/>
-        <v>87</v>
+        <v>118</v>
       </c>
       <c r="J23" s="27">
         <f t="shared" si="3"/>
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="K23" s="27">
         <f t="shared" si="3"/>
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="L23" s="27">
         <f t="shared" si="3"/>
-        <v>205</v>
+        <v>256</v>
       </c>
     </row>
     <row r="44" spans="11:11" x14ac:dyDescent="0.25">
       <c r="K44">
         <v>167</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="I9:L9"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="A7:L7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="14" scale="64" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">