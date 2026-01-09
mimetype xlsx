--- v1 (2025-11-21)
+++ v2 (2026-01-09)
@@ -8,80 +8,86 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27830"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Poder Judicial\Desktop\FORMATOS FER\Estadistica 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{493A3367-F90F-42FC-9E6F-0CE2BAFB1061}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{3BE72FB3-EA5F-4A43-85EE-2F59432CE2AE}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" activeTab="2" xr2:uid="{60D7AEBD-287A-4E3E-A059-A6A5CAAC3023}"/>
   </bookViews>
   <sheets>
     <sheet name="2023" sheetId="4" r:id="rId1"/>
     <sheet name="2024" sheetId="1" r:id="rId2"/>
     <sheet name="2025" sheetId="2" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="L19" i="2" l="1"/>
+  <c r="L21" i="2" l="1"/>
+  <c r="H21" i="2"/>
+  <c r="E21" i="2"/>
+  <c r="L20" i="2"/>
+  <c r="H20" i="2"/>
+  <c r="E20" i="2"/>
+  <c r="L19" i="2"/>
   <c r="H19" i="2"/>
   <c r="E19" i="2"/>
   <c r="L18" i="2"/>
   <c r="H18" i="2"/>
   <c r="E18" i="2"/>
   <c r="L17" i="2"/>
   <c r="H17" i="2"/>
   <c r="E17" i="2"/>
   <c r="L14" i="2"/>
   <c r="L15" i="2"/>
   <c r="L16" i="2"/>
   <c r="H14" i="2"/>
   <c r="E14" i="2"/>
   <c r="E15" i="2"/>
   <c r="E16" i="2"/>
   <c r="H12" i="2"/>
   <c r="H13" i="2"/>
   <c r="H15" i="2"/>
   <c r="H16" i="2"/>
   <c r="E13" i="2"/>
   <c r="L13" i="2"/>
   <c r="L12" i="2"/>
   <c r="L11" i="2"/>
   <c r="E12" i="2"/>
   <c r="E11" i="2"/>
@@ -244,51 +250,51 @@
   <si>
     <t>Noviembre</t>
   </si>
   <si>
     <t>Diciembre</t>
   </si>
   <si>
     <t>Total de solicitudes</t>
   </si>
   <si>
     <t>Número de solicitudes recibidos en el mes</t>
   </si>
   <si>
     <t xml:space="preserve">Numero de solicitudes concluidas </t>
   </si>
   <si>
     <t>Número de solicitudes en trámite al cierre del mes</t>
   </si>
   <si>
     <t xml:space="preserve">Total </t>
   </si>
   <si>
     <t>Año reportado:</t>
   </si>
   <si>
-    <t>enero-septiembre</t>
+    <t>enero-noviembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <color theme="0"/>
       <name val="Raleway"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="0"/>
@@ -2634,52 +2640,52 @@
       <c r="I39" s="21"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A25:L25"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="A7:L7"/>
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="I9:L9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DA543D6F-F8A4-438B-BE69-E69B5244C1AD}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:L44"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A5" workbookViewId="0">
-      <selection activeCell="B6" sqref="B6"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="K21" sqref="K21"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="20.85546875" customWidth="1"/>
     <col min="2" max="12" width="14.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1" s="29" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="29"/>
       <c r="C1" s="29"/>
       <c r="D1" s="29"/>
       <c r="E1" s="29"/>
       <c r="F1" s="29"/>
       <c r="G1" s="29"/>
       <c r="H1" s="29"/>
       <c r="I1" s="29"/>
       <c r="J1" s="29"/>
       <c r="K1" s="29"/>
       <c r="L1" s="29"/>
     </row>
     <row r="2" spans="1:12" ht="22.5" x14ac:dyDescent="0.25">
@@ -2849,51 +2855,51 @@
     </row>
     <row r="12" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A12" s="11" t="s">
         <v>18</v>
       </c>
       <c r="B12" s="12">
         <v>3</v>
       </c>
       <c r="C12" s="13">
         <v>4</v>
       </c>
       <c r="D12" s="13">
         <v>19</v>
       </c>
       <c r="E12" s="10">
         <f>D12+C12+B12</f>
         <v>26</v>
       </c>
       <c r="F12" s="12">
         <v>19</v>
       </c>
       <c r="G12" s="13">
         <v>7</v>
       </c>
       <c r="H12" s="10">
-        <f t="shared" ref="H12:H19" si="0">F12+G12</f>
+        <f t="shared" ref="H12:H21" si="0">F12+G12</f>
         <v>26</v>
       </c>
       <c r="I12" s="12">
         <v>5</v>
       </c>
       <c r="J12" s="13">
         <v>17</v>
       </c>
       <c r="K12" s="13">
         <v>4</v>
       </c>
       <c r="L12" s="10">
         <f>K12+J12+I12</f>
         <v>26</v>
       </c>
     </row>
     <row r="13" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A13" s="7" t="s">
         <v>19</v>
       </c>
       <c r="B13" s="8">
         <v>7</v>
       </c>
       <c r="C13" s="9">
         <v>1</v>
@@ -2921,74 +2927,74 @@
       <c r="J13" s="9">
         <v>7</v>
       </c>
       <c r="K13" s="9">
         <v>11</v>
       </c>
       <c r="L13" s="10">
         <f>K13+J13+I13</f>
         <v>34</v>
       </c>
     </row>
     <row r="14" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A14" s="11" t="s">
         <v>20</v>
       </c>
       <c r="B14" s="12">
         <v>2</v>
       </c>
       <c r="C14" s="13">
         <v>1</v>
       </c>
       <c r="D14" s="13">
         <v>28</v>
       </c>
       <c r="E14" s="10">
-        <f t="shared" ref="E14:E19" si="1">D14+C14+B14</f>
+        <f t="shared" ref="E14:E21" si="1">D14+C14+B14</f>
         <v>31</v>
       </c>
       <c r="F14" s="12">
         <v>25</v>
       </c>
       <c r="G14" s="13">
         <v>6</v>
       </c>
       <c r="H14" s="10">
         <f>F14+G14</f>
         <v>31</v>
       </c>
       <c r="I14" s="12">
         <v>14</v>
       </c>
       <c r="J14" s="13">
         <v>10</v>
       </c>
       <c r="K14" s="13">
         <v>7</v>
       </c>
       <c r="L14" s="10">
-        <f t="shared" ref="L14:L19" si="2">K14+J14+I14</f>
+        <f t="shared" ref="L14:L21" si="2">K14+J14+I14</f>
         <v>31</v>
       </c>
     </row>
     <row r="15" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
         <v>21</v>
       </c>
       <c r="B15" s="8">
         <v>2</v>
       </c>
       <c r="C15" s="9">
         <v>0</v>
       </c>
       <c r="D15" s="9">
         <v>20</v>
       </c>
       <c r="E15" s="10">
         <f t="shared" si="1"/>
         <v>22</v>
       </c>
       <c r="F15" s="8">
         <v>20</v>
       </c>
       <c r="G15" s="9">
         <v>2</v>
@@ -3157,141 +3163,191 @@
       <c r="G19" s="9">
         <v>4</v>
       </c>
       <c r="H19" s="10">
         <f t="shared" si="0"/>
         <v>51</v>
       </c>
       <c r="I19" s="8">
         <v>31</v>
       </c>
       <c r="J19" s="9">
         <v>16</v>
       </c>
       <c r="K19" s="9">
         <v>4</v>
       </c>
       <c r="L19" s="10">
         <f t="shared" si="2"/>
         <v>51</v>
       </c>
     </row>
     <row r="20" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A20" s="11" t="s">
         <v>26</v>
       </c>
-      <c r="B20" s="12"/>
-[...9 lines deleted...]
-      <c r="L20" s="14"/>
+      <c r="B20" s="12">
+        <v>6</v>
+      </c>
+      <c r="C20" s="13">
+        <v>2</v>
+      </c>
+      <c r="D20" s="13">
+        <v>22</v>
+      </c>
+      <c r="E20" s="10">
+        <f t="shared" si="1"/>
+        <v>30</v>
+      </c>
+      <c r="F20" s="12">
+        <v>20</v>
+      </c>
+      <c r="G20" s="13">
+        <v>10</v>
+      </c>
+      <c r="H20" s="10">
+        <f t="shared" si="0"/>
+        <v>30</v>
+      </c>
+      <c r="I20" s="12">
+        <v>10</v>
+      </c>
+      <c r="J20" s="13">
+        <v>14</v>
+      </c>
+      <c r="K20" s="13">
+        <v>6</v>
+      </c>
+      <c r="L20" s="14">
+        <f t="shared" si="2"/>
+        <v>30</v>
+      </c>
     </row>
     <row r="21" spans="1:12" ht="18" x14ac:dyDescent="0.25">
       <c r="A21" s="7" t="s">
         <v>27</v>
       </c>
-      <c r="B21" s="8"/>
-[...9 lines deleted...]
-      <c r="L21" s="10"/>
+      <c r="B21" s="8">
+        <v>6</v>
+      </c>
+      <c r="C21" s="9">
+        <v>1</v>
+      </c>
+      <c r="D21" s="9">
+        <v>10</v>
+      </c>
+      <c r="E21" s="10">
+        <f t="shared" si="1"/>
+        <v>17</v>
+      </c>
+      <c r="F21" s="8">
+        <v>10</v>
+      </c>
+      <c r="G21" s="9">
+        <v>7</v>
+      </c>
+      <c r="H21" s="10">
+        <f t="shared" si="0"/>
+        <v>17</v>
+      </c>
+      <c r="I21" s="8">
+        <v>11</v>
+      </c>
+      <c r="J21" s="9">
+        <v>4</v>
+      </c>
+      <c r="K21" s="9">
+        <v>2</v>
+      </c>
+      <c r="L21" s="10">
+        <f t="shared" si="2"/>
+        <v>17</v>
+      </c>
     </row>
     <row r="22" spans="1:12" ht="18.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="15" t="s">
         <v>28</v>
       </c>
       <c r="B22" s="16"/>
       <c r="C22" s="17"/>
       <c r="D22" s="17"/>
       <c r="E22" s="10"/>
       <c r="F22" s="16"/>
       <c r="G22" s="17"/>
       <c r="H22" s="18"/>
       <c r="I22" s="16"/>
       <c r="J22" s="17"/>
       <c r="K22" s="17"/>
       <c r="L22" s="18"/>
     </row>
     <row r="23" spans="1:12" ht="18" x14ac:dyDescent="0.35">
       <c r="A23" s="26" t="s">
         <v>33</v>
       </c>
       <c r="B23" s="27">
         <f>SUM(B11:B22)</f>
-        <v>28</v>
+        <v>40</v>
       </c>
       <c r="C23" s="27">
         <f t="shared" ref="C23:L23" si="3">SUM(C11:C22)</f>
-        <v>13</v>
+        <v>16</v>
       </c>
       <c r="D23" s="27">
         <f t="shared" si="3"/>
-        <v>215</v>
+        <v>247</v>
       </c>
       <c r="E23" s="27">
         <f>SUM(E11:E22)</f>
-        <v>256</v>
+        <v>303</v>
       </c>
       <c r="F23" s="27">
         <f t="shared" si="3"/>
-        <v>209</v>
+        <v>239</v>
       </c>
       <c r="G23" s="27">
         <f t="shared" si="3"/>
-        <v>47</v>
+        <v>64</v>
       </c>
       <c r="H23" s="27">
         <f t="shared" si="3"/>
-        <v>256</v>
+        <v>303</v>
       </c>
       <c r="I23" s="27">
         <f t="shared" si="3"/>
-        <v>118</v>
+        <v>139</v>
       </c>
       <c r="J23" s="27">
         <f t="shared" si="3"/>
-        <v>84</v>
+        <v>102</v>
       </c>
       <c r="K23" s="27">
         <f t="shared" si="3"/>
-        <v>54</v>
+        <v>62</v>
       </c>
       <c r="L23" s="27">
         <f t="shared" si="3"/>
-        <v>256</v>
+        <v>303</v>
       </c>
     </row>
     <row r="44" spans="11:11" x14ac:dyDescent="0.25">
       <c r="K44">
         <v>167</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="8">
     <mergeCell ref="B9:E9"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="I9:L9"/>
     <mergeCell ref="A1:L1"/>
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="A7:L7"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="14" scale="64" orientation="landscape" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">