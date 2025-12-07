--- v0 (2025-10-18)
+++ v1 (2025-12-07)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Poder Judicial\Documents\PREDIOS\CARPETA 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{EFAD7246-DA62-41D0-8369-D3BF9BAB0543}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E97D3D3D-A901-4BA5-B802-BCE74671B288}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="15600" windowHeight="11040" xr2:uid="{6B69C304-6BC5-49C4-9E05-C692F3DDFB44}"/>
   </bookViews>
   <sheets>
     <sheet name="Regularización de predios" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
@@ -78,51 +78,51 @@
   <si>
     <t>Comparecencias</t>
   </si>
   <si>
     <t>Autos</t>
   </si>
   <si>
     <t>Actuarios</t>
   </si>
   <si>
     <t xml:space="preserve">Atención al público </t>
   </si>
   <si>
     <t>Sentencias</t>
   </si>
   <si>
     <t>Causa estado</t>
   </si>
   <si>
     <t>Amparos</t>
   </si>
   <si>
     <t>Copias certificadas remitidas al Instituto Registral y Catastral del Estado de Querétaro</t>
   </si>
   <si>
-    <t>Septiembre</t>
+    <t>Octubre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -566,51 +566,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9CB95F41-15FE-4544-B782-92C093FE4CDE}">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="B16" sqref="B16"/>
+      <selection activeCell="B13" sqref="B13"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="56.28515625" customWidth="1"/>
     <col min="2" max="3" width="22.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="11"/>
     </row>
     <row r="2" spans="1:3" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A2" s="11" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="11"/>
     </row>
     <row r="3" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A3" s="11">
         <v>2025</v>
       </c>
       <c r="B3" s="11"/>
@@ -622,108 +622,108 @@
     <row r="5" spans="1:3" ht="18" x14ac:dyDescent="0.35">
       <c r="A5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="6">
-        <v>36</v>
+        <v>32</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="8">
-        <v>0</v>
+        <v>2</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="6">
-        <v>12</v>
+        <v>16</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="8">
-        <v>0</v>
+        <v>44</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="6">
-        <v>108</v>
+        <v>83</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A13" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="8">
-        <v>23</v>
+        <v>20</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="5">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="C14" s="9"/>
     </row>
     <row r="15" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="7">
-        <v>1</v>
+        <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="5">
         <v>7</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A3:B3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>