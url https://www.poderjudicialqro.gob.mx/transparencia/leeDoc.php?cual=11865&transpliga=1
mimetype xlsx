--- v1 (2025-12-07)
+++ v2 (2026-01-28)
@@ -5,51 +5,51 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24334"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\Poder Judicial\Documents\PREDIOS\CARPETA 2025\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{E97D3D3D-A901-4BA5-B802-BCE74671B288}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{3ECDA45F-8E37-40DC-AF89-D541BAA9085E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="15600" windowHeight="11040" xr2:uid="{6B69C304-6BC5-49C4-9E05-C692F3DDFB44}"/>
   </bookViews>
   <sheets>
     <sheet name="Regularización de predios" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
     <ext xmlns:xlwcv="http://schemas.microsoft.com/office/spreadsheetml/2024/workbookCompatibilityVersion" uri="{D14903EA-33C4-47F7-8F05-3474C54BE107}">
       <xlwcv:version setVersion="1"/>
     </ext>
   </extLst>
 </workbook>
@@ -78,51 +78,51 @@
   <si>
     <t>Comparecencias</t>
   </si>
   <si>
     <t>Autos</t>
   </si>
   <si>
     <t>Actuarios</t>
   </si>
   <si>
     <t xml:space="preserve">Atención al público </t>
   </si>
   <si>
     <t>Sentencias</t>
   </si>
   <si>
     <t>Causa estado</t>
   </si>
   <si>
     <t>Amparos</t>
   </si>
   <si>
     <t>Copias certificadas remitidas al Instituto Registral y Catastral del Estado de Querétaro</t>
   </si>
   <si>
-    <t>Octubre</t>
+    <t>Diciembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="1">
     <numFmt numFmtId="164" formatCode="0.0%"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
@@ -566,51 +566,51 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9CB95F41-15FE-4544-B782-92C093FE4CDE}">
   <dimension ref="A1:C16"/>
   <sheetViews>
     <sheetView showGridLines="0" tabSelected="1" zoomScale="80" zoomScaleNormal="80" workbookViewId="0">
-      <selection activeCell="B13" sqref="B13"/>
+      <selection activeCell="B14" sqref="B14"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="56.28515625" customWidth="1"/>
     <col min="2" max="3" width="22.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A1" s="11" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="11"/>
     </row>
     <row r="2" spans="1:3" ht="22.5" x14ac:dyDescent="0.25">
       <c r="A2" s="11" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="11"/>
     </row>
     <row r="3" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A3" s="11">
         <v>2025</v>
       </c>
       <c r="B3" s="11"/>
@@ -622,116 +622,116 @@
     <row r="5" spans="1:3" ht="18" x14ac:dyDescent="0.35">
       <c r="A5" s="2" t="s">
         <v>2</v>
       </c>
       <c r="B5" s="10" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="6" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A6" s="3"/>
       <c r="B6" s="3"/>
     </row>
     <row r="7" spans="1:3" x14ac:dyDescent="0.25">
       <c r="A7" s="4" t="s">
         <v>3</v>
       </c>
       <c r="B7" s="4" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="8" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A8" s="5" t="s">
         <v>5</v>
       </c>
       <c r="B8" s="6">
-        <v>32</v>
+        <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A9" s="7" t="s">
         <v>6</v>
       </c>
       <c r="B9" s="8">
-        <v>2</v>
+        <v>0</v>
       </c>
     </row>
     <row r="10" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A10" s="5" t="s">
         <v>7</v>
       </c>
       <c r="B10" s="6">
-        <v>16</v>
+        <v>3</v>
       </c>
     </row>
     <row r="11" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A11" s="7" t="s">
         <v>8</v>
       </c>
       <c r="B11" s="8">
-        <v>44</v>
+        <v>0</v>
       </c>
     </row>
     <row r="12" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A12" s="5" t="s">
         <v>9</v>
       </c>
       <c r="B12" s="6">
-        <v>83</v>
+        <v>47</v>
       </c>
     </row>
     <row r="13" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A13" s="7" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="8">
-        <v>20</v>
+        <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A14" s="5" t="s">
         <v>11</v>
       </c>
       <c r="B14" s="5">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="C14" s="9"/>
     </row>
     <row r="15" spans="1:3" ht="18" x14ac:dyDescent="0.25">
       <c r="A15" s="7" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="7">
         <v>0</v>
       </c>
     </row>
     <row r="16" spans="1:3" ht="36" x14ac:dyDescent="0.25">
       <c r="A16" s="5" t="s">
         <v>13</v>
       </c>
       <c r="B16" s="5">
-        <v>7</v>
+        <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="3">
     <mergeCell ref="A1:B1"/>
     <mergeCell ref="A2:B2"/>
     <mergeCell ref="A3:B3"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>