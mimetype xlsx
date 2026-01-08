--- v0 (2025-10-06)
+++ v1 (2026-01-08)
@@ -1,78 +1,92 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29029"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Agosto\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Noviembre\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{767BB72C-ED16-4713-A25A-B3F41132F2CF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1B1AF1D3-1E51-4C02-B748-4C63749FE260}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="0" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
+    <workbookView xWindow="14400" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
   </bookViews>
   <sheets>
     <sheet name="Juzgados Civiles" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
+<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
+<calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="C26" i="1" l="1"/>
+  <c r="D26" i="1"/>
+  <c r="E26" i="1"/>
+  <c r="B26" i="1"/>
+  <c r="E20" i="1"/>
+  <c r="C20" i="1"/>
+  <c r="D20" i="1"/>
+  <c r="B20" i="1"/>
+</calcChain>
+</file>
+
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="24">
   <si>
     <t>Poder Judicial del Estado de Querétaro</t>
   </si>
   <si>
     <t>Datos estadísticos de los Juzgados de Primera Instancia en Materia Civil y Oral Mercantil</t>
   </si>
   <si>
     <t>Distrito Judicial Querétaro</t>
   </si>
   <si>
     <t>Mes reportado:</t>
   </si>
   <si>
     <t>Materia Civil</t>
   </si>
   <si>
     <t>Juzgado</t>
   </si>
   <si>
     <t>Demandas recibidas</t>
   </si>
   <si>
     <t>Promociones recibidas</t>
@@ -101,51 +115,51 @@
   <si>
     <t>7° Civil de Querétaro</t>
   </si>
   <si>
     <t>8° Civil de Querétaro</t>
   </si>
   <si>
     <t>9° Civil de Querétaro</t>
   </si>
   <si>
     <t>TOTALES</t>
   </si>
   <si>
     <t>Materia Oral Mercantil</t>
   </si>
   <si>
     <t>1° Especializado en Oralidad Mercantil de Querétaro</t>
   </si>
   <si>
     <t>2° Especializado en Oralidad Mercantil de Querétaro</t>
   </si>
   <si>
     <t>Sentencias Dictadas (Interlocutorias + Definitivas)</t>
   </si>
   <si>
-    <t>Agosto</t>
+    <t>Noviembre</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -485,100 +499,100 @@
     </xf>
     <xf numFmtId="3" fontId="5" fillId="4" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="10" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="3" fontId="5" fillId="0" borderId="11" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="12" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="13" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="12" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="164" fontId="3" fillId="3" borderId="14" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="3" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
+    <xf numFmtId="3" fontId="5" fillId="4" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="0" borderId="16" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="3" fontId="5" fillId="4" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...7 lines deleted...]
-    <xf numFmtId="3" fontId="5" fillId="4" borderId="17" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Millares 2" xfId="1" xr:uid="{E0EB0855-B43B-40FB-BF1C-9A7860C72A97}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -836,385 +850,393 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3728CFC7-32AA-476D-9B56-716E2DBC4CAC}">
   <dimension ref="A1:E26"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
-      <selection activeCell="B6" sqref="B6:D6"/>
+    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A8" workbookViewId="0">
+      <selection activeCell="B23" sqref="B23"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.42578125" customWidth="1"/>
     <col min="2" max="5" width="18.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" x14ac:dyDescent="0.25">
-      <c r="A1" s="20" t="s">
+      <c r="A1" s="23" t="s">
         <v>0</v>
       </c>
-      <c r="B1" s="20"/>
-[...2 lines deleted...]
-      <c r="E1" s="20"/>
+      <c r="B1" s="23"/>
+      <c r="C1" s="23"/>
+      <c r="D1" s="23"/>
+      <c r="E1" s="23"/>
     </row>
     <row r="2" spans="1:5" ht="18" x14ac:dyDescent="0.25">
-      <c r="A2" s="21" t="s">
+      <c r="A2" s="24" t="s">
         <v>1</v>
       </c>
-      <c r="B2" s="21"/>
-[...2 lines deleted...]
-      <c r="E2" s="21"/>
+      <c r="B2" s="24"/>
+      <c r="C2" s="24"/>
+      <c r="D2" s="24"/>
+      <c r="E2" s="24"/>
     </row>
     <row r="3" spans="1:5" ht="18" x14ac:dyDescent="0.25">
-      <c r="A3" s="20" t="s">
+      <c r="A3" s="23" t="s">
         <v>2</v>
       </c>
-      <c r="B3" s="20"/>
-[...2 lines deleted...]
-      <c r="E3" s="20"/>
+      <c r="B3" s="23"/>
+      <c r="C3" s="23"/>
+      <c r="D3" s="23"/>
+      <c r="E3" s="23"/>
     </row>
     <row r="4" spans="1:5" ht="18" x14ac:dyDescent="0.25">
-      <c r="A4" s="20">
+      <c r="A4" s="23">
         <v>2025</v>
       </c>
-      <c r="B4" s="20"/>
-[...2 lines deleted...]
-      <c r="E4" s="20"/>
+      <c r="B4" s="23"/>
+      <c r="C4" s="23"/>
+      <c r="D4" s="23"/>
+      <c r="E4" s="23"/>
     </row>
     <row r="5" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>3</v>
       </c>
-      <c r="B6" s="22" t="s">
+      <c r="B6" s="25" t="s">
         <v>23</v>
       </c>
-      <c r="C6" s="23"/>
-      <c r="D6" s="23"/>
+      <c r="C6" s="26"/>
+      <c r="D6" s="26"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="3"/>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="9" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B9" s="17" t="s">
+      <c r="B9" s="20" t="s">
         <v>4</v>
       </c>
-      <c r="C9" s="18"/>
-[...1 lines deleted...]
-      <c r="E9" s="19"/>
+      <c r="C9" s="21"/>
+      <c r="D9" s="21"/>
+      <c r="E9" s="22"/>
     </row>
     <row r="10" spans="1:5" ht="60" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="8">
-        <v>289</v>
-[...8 lines deleted...]
-        <v>41</v>
+        <v>201</v>
+      </c>
+      <c r="C11" s="17">
+        <v>1682</v>
+      </c>
+      <c r="D11" s="17">
+        <v>1671</v>
+      </c>
+      <c r="E11" s="17">
+        <v>43</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="10">
-        <v>280</v>
-[...8 lines deleted...]
-        <v>47</v>
+        <v>202</v>
+      </c>
+      <c r="C12" s="18">
+        <v>1898</v>
+      </c>
+      <c r="D12" s="18">
+        <v>1943</v>
+      </c>
+      <c r="E12" s="18">
+        <v>42</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="8">
-        <v>286</v>
-[...8 lines deleted...]
-        <v>55</v>
+        <v>201</v>
+      </c>
+      <c r="C13" s="17">
+        <v>1699</v>
+      </c>
+      <c r="D13" s="17">
+        <v>1793</v>
+      </c>
+      <c r="E13" s="17">
+        <v>31</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="10">
-        <v>286</v>
-[...8 lines deleted...]
-        <v>65</v>
+        <v>199</v>
+      </c>
+      <c r="C14" s="18">
+        <v>2266</v>
+      </c>
+      <c r="D14" s="18">
+        <v>2172</v>
+      </c>
+      <c r="E14" s="18">
+        <v>45</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="8">
-        <v>291</v>
-[...8 lines deleted...]
-        <v>45</v>
+        <v>205</v>
+      </c>
+      <c r="C15" s="17">
+        <v>1920</v>
+      </c>
+      <c r="D15" s="17">
+        <v>1927</v>
+      </c>
+      <c r="E15" s="17">
+        <v>54</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="10">
-        <v>288</v>
-[...8 lines deleted...]
-        <v>33</v>
+        <v>205</v>
+      </c>
+      <c r="C16" s="18">
+        <v>1428</v>
+      </c>
+      <c r="D16" s="18">
+        <v>1733</v>
+      </c>
+      <c r="E16" s="18">
+        <v>34</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="8">
-        <v>287</v>
-[...8 lines deleted...]
-        <v>57</v>
+        <v>199</v>
+      </c>
+      <c r="C17" s="17">
+        <v>1837</v>
+      </c>
+      <c r="D17" s="17">
+        <v>1832</v>
+      </c>
+      <c r="E17" s="17">
+        <v>35</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="10">
-        <v>296</v>
-[...8 lines deleted...]
-        <v>69</v>
+        <v>204</v>
+      </c>
+      <c r="C18" s="18">
+        <v>1846</v>
+      </c>
+      <c r="D18" s="18">
+        <v>1877</v>
+      </c>
+      <c r="E18" s="18">
+        <v>60</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="12">
-        <v>287</v>
-[...8 lines deleted...]
-        <v>51</v>
+        <v>198</v>
+      </c>
+      <c r="C19" s="19">
+        <v>2218</v>
+      </c>
+      <c r="D19" s="19">
+        <v>2203</v>
+      </c>
+      <c r="E19" s="19">
+        <v>44</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="15">
-        <v>2590</v>
+        <f>SUM(B11:B19)</f>
+        <v>1814</v>
       </c>
       <c r="C20" s="15">
-        <v>18684</v>
+        <f t="shared" ref="C20:D20" si="0">SUM(C11:C19)</f>
+        <v>16794</v>
       </c>
       <c r="D20" s="15">
-        <v>18937</v>
+        <f t="shared" si="0"/>
+        <v>17151</v>
       </c>
       <c r="E20" s="15">
-        <v>463</v>
+        <f>SUM(E11:E19)</f>
+        <v>388</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="22" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="B22" s="17" t="s">
+      <c r="B22" s="20" t="s">
         <v>19</v>
       </c>
-      <c r="C22" s="18"/>
-[...1 lines deleted...]
-      <c r="E22" s="19"/>
+      <c r="C22" s="21"/>
+      <c r="D22" s="21"/>
+      <c r="E22" s="22"/>
     </row>
     <row r="23" spans="1:5" ht="60" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="45" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="9">
-        <v>130</v>
+        <v>98</v>
       </c>
       <c r="C24" s="9">
-        <v>902</v>
+        <v>834</v>
       </c>
       <c r="D24" s="9">
-        <v>836</v>
+        <v>863</v>
       </c>
       <c r="E24" s="9">
-        <v>25</v>
+        <v>34</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="11">
-        <v>140</v>
+        <v>104</v>
       </c>
       <c r="C25" s="11">
+        <v>1164</v>
+      </c>
+      <c r="D25" s="11">
         <v>1264</v>
       </c>
-      <c r="D25" s="11">
-[...1 lines deleted...]
-      </c>
       <c r="E25" s="11">
-        <v>27</v>
+        <v>45</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B26" s="15">
-        <v>270</v>
+        <f>SUM(B24:B25)</f>
+        <v>202</v>
       </c>
       <c r="C26" s="15">
-        <v>2166</v>
+        <f t="shared" ref="C26:E26" si="1">SUM(C24:C25)</f>
+        <v>1998</v>
       </c>
       <c r="D26" s="15">
-        <v>2119</v>
+        <f t="shared" si="1"/>
+        <v>2127</v>
       </c>
       <c r="E26" s="15">
-        <v>52</v>
+        <f t="shared" si="1"/>
+        <v>79</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="B22:E22"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B9:E9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>