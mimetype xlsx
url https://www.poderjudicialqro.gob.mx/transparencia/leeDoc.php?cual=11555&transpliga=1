--- v1 (2026-01-08)
+++ v2 (2026-03-14)
@@ -1,92 +1,78 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
-  <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29725"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Noviembre\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="Z:\Estadística para página de internet\Febrero\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1B1AF1D3-1E51-4C02-B748-4C63749FE260}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{939B0689-A83B-432A-A421-FEBBC1A84373}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="14400" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
+    <workbookView xWindow="390" yWindow="0" windowWidth="14400" windowHeight="15600" xr2:uid="{A3263989-877E-4F55-AC79-126C8C18A222}"/>
   </bookViews>
   <sheets>
     <sheet name="Juzgados Civiles" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
-<file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
-[...11 lines deleted...]
-
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="24">
   <si>
     <t>Poder Judicial del Estado de Querétaro</t>
   </si>
   <si>
     <t>Datos estadísticos de los Juzgados de Primera Instancia en Materia Civil y Oral Mercantil</t>
   </si>
   <si>
     <t>Distrito Judicial Querétaro</t>
   </si>
   <si>
     <t>Mes reportado:</t>
   </si>
   <si>
     <t>Materia Civil</t>
   </si>
   <si>
     <t>Juzgado</t>
   </si>
   <si>
     <t>Demandas recibidas</t>
   </si>
   <si>
     <t>Promociones recibidas</t>
@@ -115,51 +101,51 @@
   <si>
     <t>7° Civil de Querétaro</t>
   </si>
   <si>
     <t>8° Civil de Querétaro</t>
   </si>
   <si>
     <t>9° Civil de Querétaro</t>
   </si>
   <si>
     <t>TOTALES</t>
   </si>
   <si>
     <t>Materia Oral Mercantil</t>
   </si>
   <si>
     <t>1° Especializado en Oralidad Mercantil de Querétaro</t>
   </si>
   <si>
     <t>2° Especializado en Oralidad Mercantil de Querétaro</t>
   </si>
   <si>
     <t>Sentencias Dictadas (Interlocutorias + Definitivas)</t>
   </si>
   <si>
-    <t>Noviembre</t>
+    <t>Febrero</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -548,51 +534,51 @@
     <xf numFmtId="0" fontId="4" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="4" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Millares 2" xfId="1" xr:uid="{E0EB0855-B43B-40FB-BF1C-9A7860C72A97}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -850,90 +836,90 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3728CFC7-32AA-476D-9B56-716E2DBC4CAC}">
   <dimension ref="A1:E26"/>
   <sheetViews>
-    <sheetView showGridLines="0" tabSelected="1" topLeftCell="A8" workbookViewId="0">
-      <selection activeCell="B23" sqref="B23"/>
+    <sheetView showGridLines="0" tabSelected="1" workbookViewId="0">
+      <selection activeCell="B6" sqref="B6:D6"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="24.42578125" customWidth="1"/>
     <col min="2" max="5" width="18.5703125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A1" s="23" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="23"/>
       <c r="C1" s="23"/>
       <c r="D1" s="23"/>
       <c r="E1" s="23"/>
     </row>
     <row r="2" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A2" s="24" t="s">
         <v>1</v>
       </c>
       <c r="B2" s="24"/>
       <c r="C2" s="24"/>
       <c r="D2" s="24"/>
       <c r="E2" s="24"/>
     </row>
     <row r="3" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A3" s="23" t="s">
         <v>2</v>
       </c>
       <c r="B3" s="23"/>
       <c r="C3" s="23"/>
       <c r="D3" s="23"/>
       <c r="E3" s="23"/>
     </row>
     <row r="4" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A4" s="23">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="B4" s="23"/>
       <c r="C4" s="23"/>
       <c r="D4" s="23"/>
       <c r="E4" s="23"/>
     </row>
     <row r="5" spans="1:5" ht="18" x14ac:dyDescent="0.25">
       <c r="A5" s="1"/>
       <c r="B5" s="1"/>
     </row>
     <row r="6" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A6" s="2" t="s">
         <v>3</v>
       </c>
       <c r="B6" s="25" t="s">
         <v>23</v>
       </c>
       <c r="C6" s="26"/>
       <c r="D6" s="26"/>
     </row>
     <row r="7" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A7" s="3"/>
       <c r="B7" s="3"/>
     </row>
     <row r="8" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
@@ -945,298 +931,290 @@
       <c r="D9" s="21"/>
       <c r="E9" s="22"/>
     </row>
     <row r="10" spans="1:5" ht="60" x14ac:dyDescent="0.25">
       <c r="A10" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B10" s="4" t="s">
         <v>6</v>
       </c>
       <c r="C10" s="4" t="s">
         <v>7</v>
       </c>
       <c r="D10" s="4" t="s">
         <v>8</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="11" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A11" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B11" s="8">
-        <v>201</v>
+        <v>164</v>
       </c>
       <c r="C11" s="17">
-        <v>1682</v>
+        <v>1743</v>
       </c>
       <c r="D11" s="17">
-        <v>1671</v>
+        <v>1763</v>
       </c>
       <c r="E11" s="17">
-        <v>43</v>
+        <v>42</v>
       </c>
     </row>
     <row r="12" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A12" s="10" t="s">
         <v>10</v>
       </c>
       <c r="B12" s="10">
-        <v>202</v>
+        <v>165</v>
       </c>
       <c r="C12" s="18">
-        <v>1898</v>
+        <v>1996</v>
       </c>
       <c r="D12" s="18">
-        <v>1943</v>
+        <v>1838</v>
       </c>
       <c r="E12" s="18">
-        <v>42</v>
+        <v>51</v>
       </c>
     </row>
     <row r="13" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A13" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B13" s="8">
-        <v>201</v>
+        <v>164</v>
       </c>
       <c r="C13" s="17">
-        <v>1699</v>
+        <v>1808</v>
       </c>
       <c r="D13" s="17">
-        <v>1793</v>
+        <v>1741</v>
       </c>
       <c r="E13" s="17">
-        <v>31</v>
+        <v>62</v>
       </c>
     </row>
     <row r="14" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A14" s="10" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="10">
-        <v>199</v>
+        <v>163</v>
       </c>
       <c r="C14" s="18">
-        <v>2266</v>
+        <v>2128</v>
       </c>
       <c r="D14" s="18">
-        <v>2172</v>
+        <v>1990</v>
       </c>
       <c r="E14" s="18">
-        <v>45</v>
+        <v>47</v>
       </c>
     </row>
     <row r="15" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A15" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B15" s="8">
-        <v>205</v>
+        <v>169</v>
       </c>
       <c r="C15" s="17">
-        <v>1920</v>
+        <v>1930</v>
       </c>
       <c r="D15" s="17">
-        <v>1927</v>
+        <v>1907</v>
       </c>
       <c r="E15" s="17">
-        <v>54</v>
+        <v>49</v>
       </c>
     </row>
     <row r="16" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A16" s="10" t="s">
         <v>14</v>
       </c>
       <c r="B16" s="10">
-        <v>205</v>
+        <v>170</v>
       </c>
       <c r="C16" s="18">
-        <v>1428</v>
+        <v>1438</v>
       </c>
       <c r="D16" s="18">
-        <v>1733</v>
+        <v>1592</v>
       </c>
       <c r="E16" s="18">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="17" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A17" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B17" s="8">
-        <v>199</v>
+        <v>164</v>
       </c>
       <c r="C17" s="17">
-        <v>1837</v>
+        <v>1714</v>
       </c>
       <c r="D17" s="17">
-        <v>1832</v>
+        <v>1675</v>
       </c>
       <c r="E17" s="17">
-        <v>35</v>
+        <v>45</v>
       </c>
     </row>
     <row r="18" spans="1:5" x14ac:dyDescent="0.25">
       <c r="A18" s="10" t="s">
         <v>16</v>
       </c>
       <c r="B18" s="10">
-        <v>204</v>
+        <v>171</v>
       </c>
       <c r="C18" s="18">
-        <v>1846</v>
+        <v>1949</v>
       </c>
       <c r="D18" s="18">
-        <v>1877</v>
+        <v>1884</v>
       </c>
       <c r="E18" s="18">
-        <v>60</v>
+        <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="12" t="s">
         <v>17</v>
       </c>
       <c r="B19" s="12">
-        <v>198</v>
+        <v>162</v>
       </c>
       <c r="C19" s="19">
-        <v>2218</v>
+        <v>2217</v>
       </c>
       <c r="D19" s="19">
-        <v>2203</v>
+        <v>2231</v>
       </c>
       <c r="E19" s="19">
-        <v>44</v>
+        <v>57</v>
       </c>
     </row>
     <row r="20" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B20" s="15">
-        <f>SUM(B11:B19)</f>
-        <v>1814</v>
+        <v>1492</v>
       </c>
       <c r="C20" s="15">
-        <f t="shared" ref="C20:D20" si="0">SUM(C11:C19)</f>
-        <v>16794</v>
+        <v>16923</v>
       </c>
       <c r="D20" s="15">
-        <f t="shared" si="0"/>
-        <v>17151</v>
+        <v>16621</v>
       </c>
       <c r="E20" s="15">
-        <f>SUM(E11:E19)</f>
-        <v>388</v>
+        <v>439</v>
       </c>
     </row>
     <row r="21" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
     <row r="22" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="B22" s="20" t="s">
         <v>19</v>
       </c>
       <c r="C22" s="21"/>
       <c r="D22" s="21"/>
       <c r="E22" s="22"/>
     </row>
     <row r="23" spans="1:5" ht="60" x14ac:dyDescent="0.25">
       <c r="A23" s="4" t="s">
         <v>5</v>
       </c>
       <c r="B23" s="5" t="s">
         <v>6</v>
       </c>
       <c r="C23" s="6" t="s">
         <v>7</v>
       </c>
       <c r="D23" s="6" t="s">
         <v>8</v>
       </c>
       <c r="E23" s="7" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="24" spans="1:5" ht="45" x14ac:dyDescent="0.25">
       <c r="A24" s="8" t="s">
         <v>20</v>
       </c>
       <c r="B24" s="9">
-        <v>98</v>
+        <v>106</v>
       </c>
       <c r="C24" s="9">
-        <v>834</v>
+        <v>958</v>
       </c>
       <c r="D24" s="9">
-        <v>863</v>
+        <v>811</v>
       </c>
       <c r="E24" s="9">
-        <v>34</v>
+        <v>14</v>
       </c>
     </row>
     <row r="25" spans="1:5" ht="45.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="14" t="s">
         <v>21</v>
       </c>
       <c r="B25" s="11">
         <v>104</v>
       </c>
       <c r="C25" s="11">
-        <v>1164</v>
+        <v>1235</v>
       </c>
       <c r="D25" s="11">
-        <v>1264</v>
+        <v>1123</v>
       </c>
       <c r="E25" s="11">
-        <v>45</v>
+        <v>15</v>
       </c>
     </row>
     <row r="26" spans="1:5" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="13" t="s">
         <v>18</v>
       </c>
       <c r="B26" s="15">
-        <f>SUM(B24:B25)</f>
-        <v>202</v>
+        <v>210</v>
       </c>
       <c r="C26" s="15">
-        <f t="shared" ref="C26:E26" si="1">SUM(C24:C25)</f>
-        <v>1998</v>
+        <v>2193</v>
       </c>
       <c r="D26" s="15">
-        <f t="shared" si="1"/>
-        <v>2127</v>
+        <v>1934</v>
       </c>
       <c r="E26" s="15">
-        <f t="shared" si="1"/>
-        <v>79</v>
+        <v>29</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="B22:E22"/>
     <mergeCell ref="A1:E1"/>
     <mergeCell ref="A2:E2"/>
     <mergeCell ref="A3:E3"/>
     <mergeCell ref="A4:E4"/>
     <mergeCell ref="B6:D6"/>
     <mergeCell ref="B9:E9"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>